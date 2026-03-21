--- v0 (2026-02-04)
+++ v1 (2026-03-21)
@@ -10,70 +10,71 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Darcy\Dropbox\Docs_darcy\SITE _DADOS\ICMS DIVERSOS\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{FACF1C93-67A2-44E0-B5E5-5C085F8F0E1F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{16D88663-188D-4527-9D91-2AB7704ABA51}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="2115" yWindow="2115" windowWidth="21645" windowHeight="11340" xr2:uid="{BDCB62C3-E73D-4B13-8077-9CBFE2BFA782}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{BDCB62C3-E73D-4B13-8077-9CBFE2BFA782}"/>
   </bookViews>
   <sheets>
     <sheet name="Planilha1" sheetId="1" r:id="rId1"/>
     <sheet name="Planilha2" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="181029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="C200" i="1" l="1"/>
+  <c r="C214" i="1" l="1"/>
+  <c r="C200" i="1"/>
   <c r="N32" i="1"/>
   <c r="I32" i="1"/>
   <c r="C32" i="1"/>
   <c r="O25" i="1"/>
   <c r="O26" i="1"/>
   <c r="O27" i="1"/>
   <c r="O28" i="1"/>
   <c r="O29" i="1"/>
   <c r="O30" i="1"/>
   <c r="J25" i="1"/>
   <c r="J26" i="1"/>
   <c r="J27" i="1"/>
   <c r="J28" i="1"/>
   <c r="J29" i="1"/>
   <c r="J30" i="1"/>
   <c r="D25" i="1"/>
   <c r="D26" i="1"/>
   <c r="D27" i="1"/>
   <c r="D28" i="1"/>
   <c r="D29" i="1"/>
   <c r="D30" i="1"/>
   <c r="O24" i="1"/>
   <c r="O23" i="1"/>
   <c r="O22" i="1"/>
   <c r="O21" i="1"/>
@@ -187,63 +188,64 @@
     <t>A partir de janeiro de 2020 os dados incluem o Fundo Ampara.</t>
   </si>
   <si>
     <t>Diferença</t>
   </si>
   <si>
     <t xml:space="preserve">Redução das </t>
   </si>
   <si>
     <t>alíquotas especiais</t>
   </si>
   <si>
     <t>Soma</t>
   </si>
   <si>
     <t>REFIZ</t>
   </si>
   <si>
     <t>Enchente</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="12">
+  <numFmts count="13">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* \-??_);_(@_)"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0.000_);_(* \(#,##0.000\);_(* \-??_);_(@_)"/>
     <numFmt numFmtId="166" formatCode="mm/yy"/>
     <numFmt numFmtId="167" formatCode="_(* #,##0_);_(* \(#,##0\);_(* \-??_);_(@_)"/>
     <numFmt numFmtId="168" formatCode="0.000"/>
     <numFmt numFmtId="169" formatCode="0.0000"/>
     <numFmt numFmtId="170" formatCode="0.0%"/>
     <numFmt numFmtId="171" formatCode="_-* #,##0.000_-;\-* #,##0.000_-;_-* &quot;-&quot;???_-;_-@_-"/>
     <numFmt numFmtId="172" formatCode="0.0"/>
     <numFmt numFmtId="173" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="174" formatCode="_-* #,##0.000_-;\-* #,##0.000_-;_-* &quot;-&quot;??_-;_-@_-"/>
+    <numFmt numFmtId="175" formatCode="#,##0.00_ ;[Red]\-#,##0.00\ "/>
   </numFmts>
   <fonts count="25" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -598,51 +600,51 @@
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="294">
+  <cellXfs count="296">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="3" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="3"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="3" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="3" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="3" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="3" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="4" xfId="3" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="0" xfId="3" applyFill="1"/>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="5" xfId="3" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="6" xfId="3" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="3" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="0" xfId="3" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="5" borderId="9" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="5" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
@@ -1090,87 +1092,89 @@
     <xf numFmtId="43" fontId="2" fillId="10" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="167" fontId="2" fillId="10" borderId="0" xfId="4" applyNumberFormat="1" applyFill="1"/>
     <xf numFmtId="170" fontId="2" fillId="10" borderId="0" xfId="3" applyNumberFormat="1" applyFill="1"/>
     <xf numFmtId="167" fontId="5" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="43" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="0" xfId="4" applyFont="1" applyFill="1"/>
     <xf numFmtId="165" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="43" fontId="2" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="0" xfId="4" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="2" fillId="0" borderId="0" xfId="4" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="165" fontId="6" fillId="0" borderId="0" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="170" fontId="24" fillId="0" borderId="0" xfId="5" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="10" fontId="22" fillId="0" borderId="0" xfId="5" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="4" fontId="22" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="165" fontId="15" fillId="0" borderId="0" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
-      <alignment horizontal="right" wrapText="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="3" quotePrefix="1"/>
+    <xf numFmtId="165" fontId="15" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="3" quotePrefix="1"/>
-[...1 lines deleted...]
-      <alignment horizontal="center"/>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="4" borderId="5" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="4" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="7" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="8" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="9" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="165" fontId="15" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="4" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="7" borderId="6" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="5" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="2" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="175" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="175" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="43" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 7" xfId="3" xr:uid="{D8B3FA1C-25FB-4BFC-B5AA-4075AE283ECC}"/>
     <cellStyle name="Porcentagem" xfId="2" builtinId="5"/>
     <cellStyle name="Porcentagem 3" xfId="5" xr:uid="{FDCA50D8-2649-4962-B6FA-F89DE79CBB35}"/>
     <cellStyle name="Vírgula" xfId="1" builtinId="3"/>
     <cellStyle name="Vírgula 5" xfId="4" xr:uid="{76B32B0E-C072-4B2A-8A5E-E01839F27816}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
@@ -5307,54 +5311,54 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3EC8F044-8AEE-4A3E-8217-2B2C6B8E210B}">
   <dimension ref="A1:Y345"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <pane xSplit="2" ySplit="7" topLeftCell="C199" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="2" ySplit="7" topLeftCell="C190" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A8" sqref="A8"/>
-      <selection pane="bottomRight" activeCell="A216" sqref="A216"/>
+      <selection pane="bottomRight" activeCell="H220" sqref="H220"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="9" style="2"/>
     <col min="2" max="2" width="13.85546875" style="2" customWidth="1"/>
     <col min="3" max="3" width="18.5703125" style="2" customWidth="1"/>
     <col min="4" max="4" width="17.7109375" style="2" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="11.42578125" style="2" customWidth="1"/>
     <col min="6" max="6" width="10.85546875" style="2" customWidth="1"/>
     <col min="7" max="7" width="15.42578125" style="2" bestFit="1" customWidth="1"/>
     <col min="8" max="9" width="18" style="2" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="14.5703125" style="2" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.28515625" style="2" customWidth="1"/>
     <col min="12" max="12" width="16.42578125" style="2" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="19.140625" style="2" customWidth="1"/>
     <col min="14" max="14" width="20.7109375" style="2" customWidth="1"/>
     <col min="15" max="15" width="17" style="2" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="12.140625" style="2" customWidth="1"/>
     <col min="17" max="18" width="16.5703125" style="2" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="9.42578125" style="2" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="16.7109375" style="2" customWidth="1"/>
     <col min="21" max="21" width="15.42578125" style="2" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="12.85546875" style="2" customWidth="1"/>
     <col min="23" max="23" width="10.42578125" style="2" customWidth="1"/>
@@ -6810,166 +6814,166 @@
     <col min="16152" max="16152" width="13.42578125" style="2" bestFit="1" customWidth="1"/>
     <col min="16153" max="16153" width="12.7109375" style="2" customWidth="1"/>
     <col min="16154" max="16384" width="9" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:23" ht="15" x14ac:dyDescent="0.2">
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="2:23" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B4" s="5"/>
       <c r="C4" s="5"/>
       <c r="D4" s="5"/>
       <c r="E4" s="5"/>
       <c r="F4" s="6"/>
       <c r="G4" s="6"/>
       <c r="H4" s="6"/>
       <c r="I4" s="6"/>
       <c r="J4" s="6"/>
       <c r="K4" s="6"/>
       <c r="P4" s="6"/>
     </row>
     <row r="5" spans="2:23" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B5" s="8"/>
-      <c r="C5" s="284" t="s">
+      <c r="C5" s="290" t="s">
         <v>3</v>
       </c>
-      <c r="D5" s="284"/>
+      <c r="D5" s="290"/>
       <c r="E5" s="9" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="10"/>
-      <c r="G5" s="285" t="s">
+      <c r="G5" s="291" t="s">
         <v>2</v>
       </c>
-      <c r="H5" s="286"/>
-[...2 lines deleted...]
-      <c r="K5" s="286"/>
+      <c r="H5" s="292"/>
+      <c r="I5" s="292"/>
+      <c r="J5" s="292"/>
+      <c r="K5" s="292"/>
       <c r="L5" s="3"/>
       <c r="M5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="N5" s="4"/>
       <c r="O5" s="4"/>
       <c r="P5" s="252"/>
       <c r="Q5" s="249"/>
       <c r="S5" s="12"/>
-      <c r="T5" s="287"/>
-[...2 lines deleted...]
-      <c r="W5" s="287"/>
+      <c r="T5" s="285"/>
+      <c r="U5" s="285"/>
+      <c r="V5" s="285"/>
+      <c r="W5" s="285"/>
     </row>
     <row r="6" spans="2:23" x14ac:dyDescent="0.2">
       <c r="B6" s="13" t="s">
         <v>9</v>
       </c>
       <c r="C6" s="14" t="s">
         <v>10</v>
       </c>
       <c r="D6" s="14" t="s">
         <v>11</v>
       </c>
-      <c r="E6" s="288" t="s">
+      <c r="E6" s="286" t="s">
         <v>12</v>
       </c>
-      <c r="F6" s="289"/>
+      <c r="F6" s="287"/>
       <c r="G6" s="247"/>
       <c r="H6" s="200"/>
       <c r="I6" s="200"/>
       <c r="J6" s="200"/>
       <c r="K6" s="200"/>
       <c r="L6" s="248"/>
       <c r="M6" s="248"/>
       <c r="N6" s="248"/>
       <c r="O6" s="248"/>
       <c r="P6" s="248"/>
-      <c r="Q6" s="290"/>
-      <c r="R6" s="287"/>
+      <c r="Q6" s="288"/>
+      <c r="R6" s="285"/>
       <c r="S6" s="18"/>
       <c r="T6" s="12"/>
       <c r="U6" s="12"/>
-      <c r="V6" s="287"/>
-      <c r="W6" s="287"/>
+      <c r="V6" s="285"/>
+      <c r="W6" s="285"/>
     </row>
     <row r="7" spans="2:23" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B7" s="19"/>
       <c r="C7" s="19"/>
       <c r="D7" s="20"/>
       <c r="E7" s="21" t="s">
         <v>9</v>
       </c>
       <c r="F7" s="21" t="s">
         <v>13</v>
       </c>
       <c r="G7" s="245" t="s">
         <v>8</v>
       </c>
-      <c r="H7" s="283" t="s">
+      <c r="H7" s="289" t="s">
         <v>6</v>
       </c>
-      <c r="I7" s="283"/>
-      <c r="J7" s="283" t="s">
+      <c r="I7" s="289"/>
+      <c r="J7" s="289" t="s">
         <v>7</v>
       </c>
-      <c r="K7" s="283"/>
+      <c r="K7" s="289"/>
       <c r="L7" s="256" t="s">
         <v>5</v>
       </c>
       <c r="M7" s="246" t="s">
         <v>6</v>
       </c>
       <c r="N7" s="239"/>
       <c r="O7" s="239" t="s">
         <v>7</v>
       </c>
       <c r="P7" s="239"/>
       <c r="Q7" s="250"/>
       <c r="R7" s="12"/>
       <c r="S7" s="22"/>
       <c r="V7" s="12"/>
       <c r="W7" s="12"/>
     </row>
     <row r="8" spans="2:23" x14ac:dyDescent="0.2">
       <c r="B8" s="48"/>
       <c r="C8" s="48"/>
       <c r="D8" s="48"/>
       <c r="E8" s="48"/>
       <c r="F8" s="48"/>
       <c r="G8" s="254"/>
       <c r="H8" s="17" t="s">
         <v>10</v>
       </c>
       <c r="I8" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="J8" s="283" t="s">
+      <c r="J8" s="289" t="s">
         <v>12</v>
       </c>
-      <c r="K8" s="283"/>
+      <c r="K8" s="289"/>
       <c r="L8" s="257"/>
       <c r="M8" s="15" t="s">
         <v>10</v>
       </c>
       <c r="N8" s="16" t="s">
         <v>11</v>
       </c>
       <c r="O8" s="239" t="s">
         <v>12</v>
       </c>
       <c r="P8" s="239"/>
       <c r="Q8" s="251"/>
       <c r="R8" s="26"/>
     </row>
     <row r="9" spans="2:23" x14ac:dyDescent="0.2">
       <c r="B9" s="253"/>
       <c r="C9" s="200"/>
       <c r="D9" s="200"/>
       <c r="E9" s="200"/>
       <c r="F9" s="203"/>
       <c r="G9" s="241"/>
       <c r="H9" s="242"/>
       <c r="I9" s="242"/>
       <c r="J9" s="240" t="s">
         <v>9</v>
@@ -15017,535 +15021,646 @@
     <row r="201" spans="2:17" x14ac:dyDescent="0.2">
       <c r="B201" s="57"/>
       <c r="F201" s="62"/>
       <c r="G201" s="62"/>
       <c r="H201" s="62"/>
       <c r="I201" s="62"/>
       <c r="J201" s="62"/>
       <c r="K201" s="62"/>
     </row>
     <row r="202" spans="2:17" ht="15" x14ac:dyDescent="0.25">
       <c r="B202" s="57">
         <v>45658</v>
       </c>
       <c r="C202" s="149">
         <v>4552154981.6300001</v>
       </c>
       <c r="D202" s="237">
         <v>4552154981.6300001</v>
       </c>
       <c r="E202" s="130">
         <v>3.0156179228854274E-2</v>
       </c>
       <c r="F202" s="133">
         <v>3.0156179228854274E-2</v>
       </c>
-      <c r="G202" s="291">
+      <c r="G202" s="282">
         <v>1182.693</v>
       </c>
       <c r="H202" s="198">
-        <v>4473239461.2131548</v>
+        <v>4492672932.5385532</v>
       </c>
       <c r="I202" s="226">
-        <v>4473239461.2131548</v>
+        <v>4492672932.5385532</v>
       </c>
       <c r="J202" s="150">
-        <v>0.12839964821818262</v>
+        <v>0.12839964821818239</v>
       </c>
       <c r="K202" s="150">
-        <v>6.7035205491545957E-2</v>
-[...1 lines deleted...]
-      <c r="L202" s="198">
+        <v>7.6326566374888438E-2</v>
+      </c>
+      <c r="L202" s="273">
         <v>7111.86</v>
       </c>
       <c r="M202" s="198">
-        <v>4687883815.4167509</v>
+        <v>4738693317.0719843</v>
       </c>
       <c r="N202" s="279">
-        <v>4687883815.4167509</v>
+        <v>4738693317.0719843</v>
       </c>
       <c r="O202" s="278">
-        <v>-1.4767741858742411E-2</v>
+        <v>-1.4767741858742522E-2</v>
       </c>
       <c r="P202" s="278">
-        <v>-1.4767741858742411E-2</v>
+        <v>-1.4767741858742522E-2</v>
       </c>
     </row>
     <row r="203" spans="2:17" ht="15" x14ac:dyDescent="0.25">
       <c r="B203" s="57">
         <v>45689</v>
       </c>
       <c r="C203" s="149">
         <v>4101713408.0799999</v>
       </c>
       <c r="D203" s="151">
         <v>8653868389.7099991</v>
       </c>
       <c r="E203" s="150">
         <v>9.5073645689883302E-2</v>
       </c>
       <c r="F203" s="133">
         <v>5.9938174844581749E-2</v>
       </c>
-      <c r="G203" s="291">
+      <c r="G203" s="282">
         <v>1194.518</v>
       </c>
       <c r="H203" s="198">
-        <v>3990706130.6204638</v>
+        <v>4008043291.715898</v>
       </c>
       <c r="I203" s="226">
-        <v>8463945591.8336182</v>
+        <v>8500716224.2544518</v>
       </c>
       <c r="J203" s="150">
-        <v>6.6779194317980739E-3</v>
+        <v>6.6779194317978519E-3</v>
       </c>
       <c r="K203" s="150">
-        <v>3.7700083556659214E-2</v>
-[...1 lines deleted...]
-      <c r="L203" s="198">
+        <v>4.2324753124461933E-2</v>
+      </c>
+      <c r="L203" s="273">
         <v>7205.03</v>
       </c>
       <c r="M203" s="198">
-        <v>4169389974.3056159</v>
+        <v>4214579794.5191879</v>
       </c>
       <c r="N203" s="279">
-        <v>8857273789.7223663</v>
+        <v>8953273111.5911713</v>
       </c>
       <c r="O203" s="278">
         <v>4.2355302429134545E-2</v>
       </c>
       <c r="P203" s="229">
-        <v>1.1321240645545849E-2</v>
+        <v>1.1321240645545627E-2</v>
       </c>
     </row>
     <row r="204" spans="2:17" ht="15" x14ac:dyDescent="0.25">
       <c r="B204" s="57">
         <v>45717</v>
       </c>
       <c r="C204" s="149">
         <v>4147654820.04</v>
       </c>
       <c r="D204" s="151">
         <v>12801523209.75</v>
       </c>
       <c r="E204" s="150">
         <v>6.0660433183818085E-2</v>
       </c>
       <c r="F204" s="133">
         <v>6.0172076618785209E-2</v>
       </c>
-      <c r="G204" s="291">
+      <c r="G204" s="282">
         <v>1188.6500000000001</v>
       </c>
       <c r="H204" s="198">
-        <v>4055325752.1577315</v>
+        <v>4072943645.7230215</v>
       </c>
       <c r="I204" s="226">
-        <v>12519271343.99135</v>
+        <v>12573659869.977474</v>
       </c>
       <c r="J204" s="150">
         <v>-2.3117151547035641E-2</v>
       </c>
       <c r="K204" s="150">
-        <v>1.7186966075777965E-2</v>
-[...1 lines deleted...]
-      <c r="L204" s="198">
+        <v>2.0186681466058065E-2</v>
+      </c>
+      <c r="L204" s="273">
         <v>7245.38</v>
       </c>
       <c r="M204" s="198">
-        <v>4192609719.9924855</v>
+        <v>4238051206.7902484</v>
       </c>
       <c r="N204" s="279">
-        <v>13049883509.714851</v>
+        <v>13191324318.38142</v>
       </c>
       <c r="O204" s="278">
         <v>5.5821789885819317E-3</v>
       </c>
       <c r="P204" s="229">
-        <v>9.4702907349442089E-3</v>
+        <v>9.4702907349439869E-3</v>
       </c>
     </row>
     <row r="205" spans="2:17" ht="15" x14ac:dyDescent="0.25">
       <c r="B205" s="57">
         <v>45748</v>
       </c>
-      <c r="C205" s="293">
+      <c r="C205" s="284">
         <v>5543616449.6899996</v>
       </c>
       <c r="D205" s="151">
         <v>18345139659.439999</v>
       </c>
       <c r="E205" s="150">
         <v>0.28405848405356515</v>
       </c>
       <c r="F205" s="133">
         <v>0.11913765800574572</v>
       </c>
       <c r="G205" s="280">
         <v>1192.079</v>
       </c>
       <c r="H205" s="198">
-        <v>5404621339.4122553</v>
+        <v>5428101091.5549278</v>
       </c>
       <c r="I205" s="226">
-        <v>17923892683.403606</v>
+        <v>18001760961.532402</v>
       </c>
       <c r="J205" s="150">
         <v>0.18774001389715322</v>
       </c>
       <c r="K205" s="150">
-        <v>6.3222722463616154E-2</v>
-[...1 lines deleted...]
-      <c r="L205" s="198">
+        <v>6.5510048808036681E-2</v>
+      </c>
+      <c r="L205" s="273">
         <v>7276.54</v>
       </c>
       <c r="M205" s="198">
-        <v>5579705182.9645796</v>
+        <v>5640180666.3366766</v>
       </c>
       <c r="N205" s="279">
-        <v>18629588692.679432</v>
+        <v>18831504984.718098</v>
       </c>
       <c r="O205" s="278">
-        <v>0.2167721776538718</v>
+        <v>0.21677217765387202</v>
       </c>
       <c r="P205" s="229">
         <v>6.3750530867248578E-2</v>
       </c>
       <c r="Q205" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="206" spans="2:17" ht="15" x14ac:dyDescent="0.25">
       <c r="B206" s="57">
         <v>45778</v>
       </c>
       <c r="C206" s="149">
         <v>4279526867.8400002</v>
       </c>
       <c r="D206" s="151">
         <v>22624666527.279999</v>
       </c>
       <c r="E206" s="150">
         <v>0.30445681643735578</v>
       </c>
       <c r="F206" s="133">
         <v>0.15004188179473044</v>
       </c>
       <c r="G206" s="280">
         <v>1181.95</v>
       </c>
       <c r="H206" s="198">
-        <v>4207981158.7080417</v>
+        <v>4226262246.0262227</v>
       </c>
       <c r="I206" s="226">
-        <v>22131873842.111649</v>
+        <v>22228023207.558624</v>
       </c>
       <c r="J206" s="150">
-        <v>0.22754358361234672</v>
+        <v>0.22754358361234694</v>
       </c>
       <c r="K206" s="150">
-        <v>9.0989924622969953E-2</v>
-[...1 lines deleted...]
-      <c r="L206" s="198">
+        <v>9.2939667804905257E-2</v>
+      </c>
+      <c r="L206" s="273">
         <v>7295.46</v>
       </c>
       <c r="M206" s="198">
-        <v>4296215676.9610214</v>
+        <v>4342780094.1148596</v>
       </c>
       <c r="N206" s="279">
-        <v>22925804369.640453</v>
+        <v>23174285078.832958</v>
       </c>
       <c r="O206" s="278">
         <v>0.23856757342085433</v>
       </c>
       <c r="P206" s="229">
         <v>9.2651145694390591E-2</v>
       </c>
       <c r="Q206" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="207" spans="2:17" ht="15" x14ac:dyDescent="0.25">
       <c r="B207" s="57">
         <v>45809</v>
       </c>
       <c r="C207" s="149">
         <v>4295133674.3199997</v>
       </c>
       <c r="D207" s="151">
         <v>26919800201.599998</v>
       </c>
       <c r="E207" s="150">
         <v>0.19707337872260777</v>
       </c>
       <c r="F207" s="133">
         <v>0.15729654975106655</v>
       </c>
       <c r="G207" s="135">
         <v>1160.6130000000001</v>
       </c>
       <c r="H207" s="198">
-        <v>4300969750.4318504</v>
+        <v>4319654815.9288254</v>
       </c>
       <c r="I207" s="226">
-        <v>26432843592.543499</v>
+        <v>26547678023.48745</v>
       </c>
       <c r="J207" s="150">
-        <v>0.15290201021547056</v>
+        <v>0.15290201021547034</v>
       </c>
       <c r="K207" s="150">
-        <v>0.10060688361732706</v>
-[...1 lines deleted...]
-      <c r="L207" s="279">
+        <v>0.10226782435281545</v>
+      </c>
+      <c r="L207" s="233">
         <v>7312.97</v>
       </c>
       <c r="M207" s="198">
-        <v>4301559074.9981184</v>
+        <v>4348181406.426734</v>
       </c>
       <c r="N207" s="279">
-        <v>27227363444.638573</v>
+        <v>27522466485.259693</v>
       </c>
       <c r="O207" s="278">
-        <v>0.13626841476674589</v>
+        <v>0.13626841476674612</v>
       </c>
       <c r="P207" s="229">
         <v>9.9318003298329849E-2</v>
       </c>
       <c r="Q207" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="208" spans="2:17" ht="15" x14ac:dyDescent="0.25">
       <c r="B208" s="57">
         <v>45839</v>
       </c>
       <c r="C208" s="149">
         <v>4129656341.0799999</v>
       </c>
       <c r="D208" s="151">
         <v>31049456542.68</v>
       </c>
       <c r="E208" s="150">
         <v>-8.6439303020795832E-2</v>
       </c>
       <c r="F208" s="133">
         <v>0.11763744881984284</v>
       </c>
       <c r="G208" s="135">
         <v>1159.8510000000001</v>
       </c>
       <c r="H208" s="198">
-        <v>4137984364.4052253</v>
+        <v>4155961358.7485614</v>
       </c>
       <c r="I208" s="226">
-        <v>30570827956.948723</v>
+        <v>30703639382.236012</v>
       </c>
       <c r="J208" s="150">
         <v>-0.11223495507098924</v>
       </c>
       <c r="K208" s="150">
-        <v>6.6012707880251709E-2</v>
-[...1 lines deleted...]
-      <c r="L208" s="279">
+        <v>6.7359636633516518E-2</v>
+      </c>
+      <c r="L208" s="233">
         <v>7331.98</v>
       </c>
       <c r="M208" s="198">
-        <v>4125111003.1668425</v>
+        <v>4169820906.9520316</v>
       </c>
       <c r="N208" s="279">
-        <v>31352474447.805416</v>
+        <v>31692287392.211723</v>
       </c>
       <c r="O208" s="278">
         <v>-0.13180471784232517</v>
       </c>
       <c r="P208" s="229">
         <v>6.211644179722331E-2</v>
       </c>
     </row>
     <row r="209" spans="2:16" ht="15" x14ac:dyDescent="0.25">
       <c r="B209" s="57">
         <v>45870</v>
       </c>
       <c r="C209" s="149">
-        <v>4421542161.9799995</v>
+        <v>4425795140.1099997</v>
       </c>
       <c r="D209" s="151">
-        <v>35470998704.660004</v>
+        <v>35475251682.790001</v>
       </c>
       <c r="E209" s="150">
-        <v>-0.10700892148530949</v>
+        <v>-0.10614997422481165</v>
       </c>
       <c r="F209" s="133">
-        <v>8.3655833954758396E-2</v>
-[...1 lines deleted...]
-      <c r="G209" s="292">
+        <v>8.3785764453773393E-2</v>
+      </c>
+      <c r="G209" s="283">
         <v>1162.19</v>
       </c>
       <c r="H209" s="198">
-        <v>4421542161.9799995</v>
+        <v>4445022495.07125</v>
       </c>
       <c r="I209" s="226">
-        <v>34992370118.928726</v>
+        <v>35148661877.307259</v>
       </c>
       <c r="J209" s="150">
-        <v>-0.13296597206600924</v>
+        <v>-0.13213199228617645</v>
       </c>
       <c r="K209" s="150">
-        <v>3.5971417195256761E-2</v>
-[...1 lines deleted...]
-      <c r="L209" s="279">
+        <v>3.7208598298764883E-2</v>
+      </c>
+      <c r="L209" s="233">
         <v>7323.91</v>
       </c>
       <c r="M209" s="198">
-        <v>4421542161.9799995</v>
+        <v>4473764000.7625656</v>
       </c>
       <c r="N209" s="279">
-        <v>35774016609.785416</v>
+        <v>36166051392.974289</v>
       </c>
       <c r="O209" s="278">
-        <v>-0.15058727531160387</v>
+        <v>-0.14977024505177572</v>
       </c>
       <c r="P209" s="229">
-        <v>3.0230675394176121E-2</v>
+        <v>3.0353153912009212E-2</v>
       </c>
     </row>
     <row r="210" spans="2:16" ht="15" x14ac:dyDescent="0.25">
       <c r="B210" s="57">
         <v>45901</v>
       </c>
       <c r="C210" s="233">
-        <v>4319981217.0600004</v>
+        <v>4322516055.9899998</v>
       </c>
       <c r="D210" s="151">
-        <v>39790979921.720001</v>
+        <v>39797767738.779999</v>
       </c>
       <c r="E210" s="150">
-        <v>-4.4699101932447083E-2</v>
+        <v>-4.4138559239177422E-2</v>
       </c>
       <c r="F210" s="133">
-        <v>6.8075683761883443E-2</v>
-[...2 lines deleted...]
-        <v>1162.19</v>
+        <v>6.8257883405166142E-2</v>
+      </c>
+      <c r="G210" s="283">
+        <v>1162.3489999999999</v>
       </c>
       <c r="H210" s="198">
-        <v>4319981217.0600004</v>
+        <v>4340700872.6963348</v>
       </c>
       <c r="I210" s="226">
-        <v>39312351335.988724</v>
+        <v>39489362750.003593</v>
       </c>
       <c r="J210" s="150">
-        <v>-6.2954531462198982E-2</v>
+        <v>-6.2532956022706365E-2</v>
       </c>
       <c r="K210" s="150">
-        <v>2.4090749732160077E-2</v>
-[...1 lines deleted...]
-      <c r="L210" s="279">
+        <v>2.5218676110901006E-2</v>
+      </c>
+      <c r="L210" s="233">
         <v>7323.91</v>
       </c>
       <c r="M210" s="198">
-        <v>4319981217.0600004</v>
+        <v>4369365529.0889988</v>
       </c>
       <c r="N210" s="279">
-        <v>40093997826.845413</v>
+        <v>40535416922.063286</v>
       </c>
       <c r="O210" s="278">
-        <v>-8.7320341332242091E-2</v>
+        <v>-8.6784807538652031E-2</v>
       </c>
       <c r="P210" s="229">
-        <v>1.6129363577189526E-2</v>
-[...2 lines deleted...]
-    <row r="211" spans="2:16" x14ac:dyDescent="0.2">
+        <v>1.6301391825882749E-2</v>
+      </c>
+    </row>
+    <row r="211" spans="2:16" ht="15" x14ac:dyDescent="0.25">
       <c r="B211" s="57">
         <v>45931</v>
       </c>
-      <c r="F211" s="62"/>
-[...7 lines deleted...]
-    <row r="212" spans="2:16" x14ac:dyDescent="0.2">
+      <c r="C211" s="233">
+        <v>4393718059.1999998</v>
+      </c>
+      <c r="D211" s="151">
+        <v>44191485797.979996</v>
+      </c>
+      <c r="E211" s="150">
+        <v>4.305014372613325E-2</v>
+      </c>
+      <c r="F211" s="133">
+        <v>6.5697198604040663E-2</v>
+      </c>
+      <c r="G211" s="283">
+        <v>1162.3489999999999</v>
+      </c>
+      <c r="H211" s="198">
+        <v>4412202422.5964394</v>
+      </c>
+      <c r="I211" s="226">
+        <v>43901565172.600037</v>
+      </c>
+      <c r="J211" s="150">
+        <v>3.8713183532053552E-2</v>
+      </c>
+      <c r="K211" s="150">
+        <v>2.6559033913177599E-2</v>
+      </c>
+      <c r="L211" s="233">
+        <v>7359.0060000000003</v>
+      </c>
+      <c r="M211" s="198">
+        <v>4420157962.9768972</v>
+      </c>
+      <c r="N211" s="279">
+        <v>44955574885.040184</v>
+      </c>
+      <c r="O211" s="278">
+        <v>-2.6852787177369386E-3</v>
+      </c>
+      <c r="P211" s="229">
+        <v>1.4402583332241203E-2</v>
+      </c>
+    </row>
+    <row r="212" spans="2:16" ht="15" x14ac:dyDescent="0.25">
       <c r="B212" s="57">
         <v>45962</v>
       </c>
-      <c r="F212" s="62"/>
-[...6 lines deleted...]
-    <row r="213" spans="2:16" x14ac:dyDescent="0.2">
+      <c r="C212" s="233">
+        <v>4697621861</v>
+      </c>
+      <c r="D212" s="151">
+        <v>48889107658.979996</v>
+      </c>
+      <c r="E212" s="150">
+        <v>1.4399518209196716E-2</v>
+      </c>
+      <c r="F212" s="133">
+        <v>6.0543923853999759E-2</v>
+      </c>
+      <c r="G212" s="293">
+        <v>1165.075</v>
+      </c>
+      <c r="H212" s="198">
+        <v>4706347182.2945118</v>
+      </c>
+      <c r="I212" s="226">
+        <v>48607912354.894547</v>
+      </c>
+      <c r="J212" s="150">
+        <v>1.9741097973772659E-2</v>
+      </c>
+      <c r="K212" s="150">
+        <v>2.5894919562266416E-2</v>
+      </c>
+      <c r="L212" s="233">
+        <v>7378.94</v>
+      </c>
+      <c r="M212" s="198">
+        <v>4713123693.5552654</v>
+      </c>
+      <c r="N212" s="279">
+        <v>49668698578.595451</v>
+      </c>
+      <c r="O212" s="278">
+        <v>-2.8927612266724134E-2</v>
+      </c>
+      <c r="P212" s="229">
+        <v>1.0125571352255003E-2</v>
+      </c>
+    </row>
+    <row r="213" spans="2:16" ht="15" x14ac:dyDescent="0.25">
       <c r="B213" s="57">
         <v>45992</v>
       </c>
-      <c r="F213" s="62"/>
-[...4 lines deleted...]
-      <c r="K213" s="62"/>
+      <c r="C213" s="152">
+        <v>4938221652.6700001</v>
+      </c>
+      <c r="D213" s="295">
+        <v>53827329311.649994</v>
+      </c>
+      <c r="E213" s="150">
+        <v>7.1615361388282173E-2</v>
+      </c>
+      <c r="F213" s="133">
+        <v>6.1550098397642028E-2</v>
+      </c>
+      <c r="G213" s="294">
+        <v>1167.239</v>
+      </c>
+      <c r="H213" s="198">
+        <v>4938221652.6700001</v>
+      </c>
+      <c r="I213" s="226">
+        <v>53546134007.564545</v>
+      </c>
+      <c r="J213" s="150">
+        <v>8.462267731942319E-2</v>
+      </c>
+      <c r="K213" s="150">
+        <v>3.1043460497633069E-2</v>
+      </c>
+      <c r="L213" s="233">
+        <v>7403.29</v>
+      </c>
+      <c r="M213" s="198">
+        <v>4938221652.6700001</v>
+      </c>
+      <c r="N213" s="279">
+        <v>54606920231.26545</v>
+      </c>
+      <c r="O213" s="278">
+        <v>2.7786953305557027E-2</v>
+      </c>
+      <c r="P213" s="229">
+        <v>1.1697725957208194E-2</v>
+      </c>
     </row>
     <row r="214" spans="2:16" x14ac:dyDescent="0.2">
       <c r="B214" s="86"/>
+      <c r="C214" s="276">
+        <f>SUM(C202:C213)</f>
+        <v>53827329311.649994</v>
+      </c>
       <c r="F214" s="62"/>
       <c r="G214" s="62"/>
       <c r="H214" s="62"/>
       <c r="I214" s="62"/>
       <c r="J214" s="62"/>
       <c r="K214" s="62"/>
     </row>
     <row r="215" spans="2:16" x14ac:dyDescent="0.2">
       <c r="B215" s="86"/>
       <c r="F215" s="62"/>
       <c r="G215" s="62"/>
       <c r="H215" s="62"/>
       <c r="I215" s="62"/>
       <c r="J215" s="62"/>
       <c r="K215" s="62"/>
     </row>
     <row r="216" spans="2:16" x14ac:dyDescent="0.2">
       <c r="B216" s="86"/>
       <c r="F216" s="62"/>
       <c r="G216" s="62"/>
       <c r="H216" s="62"/>
       <c r="I216" s="62"/>
       <c r="J216" s="62"/>
       <c r="K216" s="62"/>
     </row>
     <row r="217" spans="2:16" x14ac:dyDescent="0.2">
       <c r="F217" s="62"/>
       <c r="G217" s="62"/>
       <c r="H217" s="62"/>
       <c r="I217" s="62"/>
       <c r="J217" s="62"/>
       <c r="K217" s="62"/>
-      <c r="N217" s="282" t="s">
+      <c r="N217" s="281" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="218" spans="2:16" x14ac:dyDescent="0.2">
       <c r="F218" s="62"/>
       <c r="G218" s="62"/>
       <c r="H218" s="62"/>
       <c r="I218" s="62"/>
       <c r="J218" s="62"/>
       <c r="K218" s="62"/>
     </row>
     <row r="219" spans="2:16" x14ac:dyDescent="0.2">
       <c r="F219" s="62"/>
       <c r="G219" s="62"/>
       <c r="H219" s="62"/>
       <c r="I219" s="62"/>
       <c r="J219" s="62"/>
       <c r="K219" s="62"/>
     </row>
     <row r="220" spans="2:16" x14ac:dyDescent="0.2">
       <c r="F220" s="62"/>
       <c r="G220" s="62"/>
       <c r="H220" s="62"/>
       <c r="I220" s="62"/>
       <c r="J220" s="62"/>
@@ -16532,60 +16647,60 @@
       <c r="G343" s="62"/>
       <c r="H343" s="62"/>
       <c r="I343" s="62"/>
       <c r="J343" s="62"/>
       <c r="K343" s="62"/>
     </row>
     <row r="344" spans="6:12" x14ac:dyDescent="0.2">
       <c r="F344" s="62"/>
       <c r="G344" s="62"/>
       <c r="H344" s="62"/>
       <c r="I344" s="62"/>
       <c r="J344" s="62"/>
       <c r="K344" s="62"/>
       <c r="L344" s="62"/>
     </row>
     <row r="345" spans="6:12" x14ac:dyDescent="0.2">
       <c r="F345" s="134"/>
       <c r="G345" s="134"/>
       <c r="H345" s="134"/>
       <c r="I345" s="134"/>
       <c r="J345" s="134"/>
       <c r="K345" s="134"/>
     </row>
   </sheetData>
   <mergeCells count="10">
+    <mergeCell ref="H7:I7"/>
+    <mergeCell ref="J7:K7"/>
+    <mergeCell ref="J8:K8"/>
+    <mergeCell ref="C5:D5"/>
+    <mergeCell ref="G5:K5"/>
     <mergeCell ref="T5:U5"/>
     <mergeCell ref="V5:W5"/>
     <mergeCell ref="E6:F6"/>
     <mergeCell ref="Q6:R6"/>
     <mergeCell ref="V6:W6"/>
-    <mergeCell ref="H7:I7"/>
-[...3 lines deleted...]
-    <mergeCell ref="G5:K5"/>
   </mergeCells>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="300" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{79F2EF82-AE2D-44F2-BE53-69BAE34A6D25}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData/>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>